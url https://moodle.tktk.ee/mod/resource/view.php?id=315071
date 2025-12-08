--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -1,48 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -51,82 +76,121 @@
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
     <p:sldMasterId id="2147483663" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId16"/>
+    <p:notesMasterId r:id="rId38"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="379" r:id="rId3"/>
     <p:sldId id="4155" r:id="rId4"/>
     <p:sldId id="4113" r:id="rId5"/>
     <p:sldId id="364" r:id="rId6"/>
     <p:sldId id="365" r:id="rId7"/>
     <p:sldId id="372" r:id="rId8"/>
     <p:sldId id="373" r:id="rId9"/>
     <p:sldId id="376" r:id="rId10"/>
     <p:sldId id="375" r:id="rId11"/>
     <p:sldId id="377" r:id="rId12"/>
     <p:sldId id="370" r:id="rId13"/>
     <p:sldId id="300" r:id="rId14"/>
     <p:sldId id="329" r:id="rId15"/>
+    <p:sldId id="4156" r:id="rId16"/>
+    <p:sldId id="277" r:id="rId17"/>
+    <p:sldId id="257" r:id="rId18"/>
+    <p:sldId id="258" r:id="rId19"/>
+    <p:sldId id="259" r:id="rId20"/>
+    <p:sldId id="260" r:id="rId21"/>
+    <p:sldId id="262" r:id="rId22"/>
+    <p:sldId id="263" r:id="rId23"/>
+    <p:sldId id="264" r:id="rId24"/>
+    <p:sldId id="278" r:id="rId25"/>
+    <p:sldId id="283" r:id="rId26"/>
+    <p:sldId id="279" r:id="rId27"/>
+    <p:sldId id="280" r:id="rId28"/>
+    <p:sldId id="281" r:id="rId29"/>
+    <p:sldId id="284" r:id="rId30"/>
+    <p:sldId id="286" r:id="rId31"/>
+    <p:sldId id="290" r:id="rId32"/>
+    <p:sldId id="292" r:id="rId33"/>
+    <p:sldId id="293" r:id="rId34"/>
+    <p:sldId id="291" r:id="rId35"/>
+    <p:sldId id="287" r:id="rId36"/>
+    <p:sldId id="288" r:id="rId37"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -205,87 +269,397 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{37C5A565-7A0B-4BD9-8F87-EE7FAE8A4452}" v="2" dt="2025-11-10T07:19:11.557"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="16980" autoAdjust="0"/>
     <p:restoredTop sz="87738" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="103" d="100"/>
           <a:sy n="103" d="100"/>
         </p:scale>
         <p:origin x="798" y="312"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}"/>
+    <pc:docChg chg="custSel addSld modSld">
+      <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:19:20.270" v="51" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="30" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="30" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="257"/>
+            <ac:spMk id="34818" creationId="{EE231014-F8C1-4656-A5DB-6715787791B6}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="31" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="31" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="258"/>
+            <ac:spMk id="36866" creationId="{E64A879A-7291-493B-902C-52809F10B8CF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="32" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="32" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="259"/>
+            <ac:spMk id="38914" creationId="{C9015001-DA56-4177-92A3-7036D3F10BD9}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="33" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="260"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.908" v="33" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="260"/>
+            <ac:spMk id="40962" creationId="{FE3D152A-5C73-49FE-95D1-3FEFD87471A1}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.922" v="35" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.922" v="35" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="43010" creationId="{91414A9C-066E-4AF2-B547-9FDB856EDC89}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.922" v="34" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="262"/>
+            <ac:spMk id="171011" creationId="{0AF521AB-2DA3-4943-A457-990CA908D729}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.933" v="37" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="263"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.933" v="37" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="263"/>
+            <ac:spMk id="45058" creationId="{B7F206AC-9C22-4595-9361-A4B22AF4ED1C}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.933" v="36" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="263"/>
+            <ac:spMk id="173059" creationId="{3C9962CB-FDE0-449E-8FA8-239A0C5B2EFB}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.935" v="38" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="264"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.935" v="38" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="264"/>
+            <ac:spMk id="47106" creationId="{F8884027-9AF6-40DF-B720-AF0F3FCC2EBF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="277"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.937" v="39" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="278"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.937" v="39" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="278"/>
+            <ac:spMk id="49155" creationId="{68AB2BC5-E9FA-46D6-A9ED-0A2FC40DAE66}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="279"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="280"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="281"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="283"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="284"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="286"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.951" v="40" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="287"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.951" v="40" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="287"/>
+            <ac:spMk id="72706" creationId="{64366C34-AD64-4E03-993E-AB9D22EF1AC6}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.953" v="41" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="288"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.953" v="41" actId="27636"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="288"/>
+            <ac:spMk id="74754" creationId="{C79D8261-BB32-4C11-880D-9CE5B24B84B8}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="290"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="291"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="292"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:46.852" v="29"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="293"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-08T16:25:20.611" v="9" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="372"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="modGraphic">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-08T16:25:20.611" v="9" actId="20577"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="0" sldId="372"/>
+            <ac:graphicFrameMk id="4" creationId="{FFC78AB8-FC9C-4DEB-8BF8-7E42C46EEDEE}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:41.259" v="28" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3631677780" sldId="379"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:18:41.259" v="28" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3631677780" sldId="379"/>
+            <ac:spMk id="2" creationId="{027E572C-C799-482B-A77B-13F0671287F2}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:19:20.270" v="51" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3293213289" sldId="4156"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Janek Popell" userId="3b52af61ea889ca3" providerId="LiveId" clId="{C65A1D71-1951-4D26-92F8-33783B8612DF}" dt="2025-11-10T07:19:20.270" v="51" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3293213289" sldId="4156"/>
+            <ac:spMk id="2056" creationId="{FD5A8E33-A8A9-4D61-4D7A-6FA5954A3D34}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -2510,56 +2884,64 @@
 <file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{AD9283C3-50B0-4417-A9C5-003D7861EA23}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/hList3" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{A3614384-250B-44D9-A24C-6267AA92AB97}">
       <dgm:prSet phldrT="[Text]" custT="1"/>
       <dgm:spPr>
         <a:noFill/>
       </dgm:spPr>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:r>
-            <a:rPr lang="en-GB" sz="3600" dirty="0" err="1">
+            <a:rPr lang="et-EE" sz="3600">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Jaotuse</a:t>
+            <a:t>Kaupade j</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="3600">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>aotuse</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="3600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="3600" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t>strateegiad</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="3600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
@@ -3848,56 +4230,64 @@
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="137160" tIns="137160" rIns="137160" bIns="137160" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="1600200">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-GB" sz="3600" kern="1200" dirty="0" err="1">
+            <a:rPr lang="et-EE" sz="3600" kern="1200">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
-            <a:t>Jaotuse</a:t>
+            <a:t>Kaupade j</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-GB" sz="3600" kern="1200">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>aotuse</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="3600" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="3600" kern="1200" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t>strateegiad</a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-GB" sz="3600" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
@@ -9293,51 +9683,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{AEE7B612-C710-42C2-B226-4EFC4497F9F9}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -9564,68 +9954,128 @@
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide33.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9218" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8E73C-A73B-4B70-9DCC-8AFA911BDF1C}"/>
@@ -9815,50 +10265,2728 @@
             <a:fld id="{B94C287D-BE43-4252-80EB-C08AFED15305}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US">
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E337713-5409-460F-B8E4-9F3DFCB6B812}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{2A7E42D9-7300-4804-8C9D-05B5DF148D26}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39939" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF7BE9E9-5356-4526-9D5E-16EB90602DAC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="39940" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07900E92-A03B-4680-9FCE-D881EDE7F81A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1D84FA5-F8DB-4F52-A39A-E967444775C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{039DD8A7-CD9B-4383-BF12-CED4BDE950A1}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41987" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA8F8594-172D-4558-920F-81EDEE05ACEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41988" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A90DEA3-E910-4DAB-93DC-7A26F07BA771}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93F6F67F-C06F-439E-97BF-B1F0BB938300}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{6FB66224-FE81-45D9-836C-4B03FE56875B}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>20</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44035" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD5F7DF6-544E-48D5-9620-E52396183828}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="44036" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C4EEFDF-D157-4258-BEB2-14EBB5F67AF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D1F232-8197-4762-A25C-C5435C1176C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{7DBC7679-647A-41CB-BD83-29C06CBA4388}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46083" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1032CF20-EFAD-41DC-A2DE-3708C22DE92D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46084" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE58969F-BBE4-4F9A-A1CC-08754329F4E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5955F254-7865-4067-8CAE-76A437568DF4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{36101E3C-5A28-46ED-8BF2-5F12636739AF}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>22</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48131" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76594113-384C-4818-8513-0F87E6A8AF47}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48132" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF2253CF-63BF-4899-A87E-10A749F03CC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5964547B-5853-4C87-B4EE-E2DB3C845F4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{AD2E7B51-D13D-4254-9CB2-DF1889951F52}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>23</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50179" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C7061CF-3D05-401F-A33C-EEDF438DA0E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="50180" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DA43EEB-CE58-4593-B2E8-776B887F7159}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="pt-PT" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{722C8A48-144D-4669-A443-FE30CD217AEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{073BFA94-E26C-45C2-A438-B5352ACCBB84}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59395" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B79344B-B25B-4DB3-A12E-0F7F3CD2DB7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59396" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11F732A5-F236-4CF6-836E-89CEEC3D1D55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="59397" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA12D44A-1DD3-4420-8C74-5D18FCDDCD31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{5BFB98AE-5BB6-4E7F-869E-31F11DEECCA3}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr algn="r"/>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99BC9B3A-E81F-4042-8A37-EF5928B679A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{A95CE6AE-5B3A-4B52-B0FD-80BF8E1E7F49}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63491" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE5E35DF-429B-484C-BF94-2BBA10AB896F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63492" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{263BDAF5-393F-453B-AF92-896AA6905399}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63493" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE3D2279-9C0E-4690-A1BD-14025187492D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{EA020C7E-B4CF-4E4D-892A-6FFF221A3869}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr algn="r"/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D03EF6F2-233F-40B0-B4CC-3CF27AB35742}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{D552389A-AA61-4AA5-AB27-147A8C1043AF}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>32</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65539" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E3F4FC4-3219-4D45-A911-315F93EC151B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65540" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{863B1634-82D8-4F3A-A3EA-B0F5C6E8255A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65541" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDFC1F45-5AA4-428E-B14D-6BDBCCA6CA9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{7364E9FB-E95E-4AC6-98B3-94025147AB9B}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr algn="r"/>
+              <a:t>32</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FCA37E6-7228-40E1-ABCD-3ED57B792331}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{4B0800AA-618A-4082-A2F2-049ACB1AECDF}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>33</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61443" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D84BB1C6-C6F2-4E3B-BC27-2BCCC0207074}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61444" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F46BC071-649F-4914-A055-38BBB7326260}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="61445" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D97C70-BFB8-4E4D-8E32-CF2BA5E49ABD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:fld id="{023A93A0-A27E-41A1-80C5-0AA1457823C2}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr algn="r"/>
+              <a:t>33</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
@@ -9896,50 +13024,456 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{530FEA61-72E4-4E61-96DC-CBFF64F72AA6}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3044531831"/>
       </p:ext>
     </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EDB62F1-2F32-4CE5-A1BB-EE18407643CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{AAD3C9A2-2316-453C-BB0C-CAD808AEFAB6}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>34</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73731" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74B6EA97-ACBD-4669-AE26-ED99D2DE6E16}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73732" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E605EAD2-E404-4626-9809-D6C0C8FEF566}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DC42031-64FD-4026-B134-1419B6F1A443}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{C78C18C5-930D-4EA2-9C78-91536815ACFB}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>35</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75779" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17CA481B-7354-4DE6-AF52-8292CAC80AAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75780" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47E9FA88-6F71-4CFC-B2B9-264EF57D16BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -10740,50 +14274,698 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E68E930A-C631-48AB-8CCA-77F0102B407E}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5E2645D-EDFE-6A44-DD4A-1E1532F968E2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9218" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3892A045-8372-2197-5ACE-F2E2D6ADE020}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9219" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77881492-B2CC-5330-B07E-86321E75BB3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB" altLang="en-US">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9220" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{999BD1A4-9D6B-3221-971A-DCD97E0E77BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="30000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{B94C287D-BE43-4252-80EB-C08AFED15305}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr>
+                <a:spcBef>
+                  <a:spcPct val="0"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US">
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2136013915"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B21A058F-4C79-491C-ABB2-5FB914A38E19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{F23605D2-D3DA-48FD-9C3C-FFF0ACDD98A4}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35843" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F4C7C89-3477-455F-A3E5-44F112762CEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35844" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A7EF4F2-A8D6-4080-A368-AC7E41CBC0C0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BDF0A2-CB43-40A6-92AB-BB12C2300715}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{C315B910-2626-4DD8-A8A8-80666CE4E3F9}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:pPr/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37891" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8DDCA1B-A53F-46CC-A300-ECD8A776F90B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noChangeArrowheads="1" noTextEdit="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="381000" y="685800"/>
+            <a:ext cx="6096000" cy="3429000"/>
+          </a:xfrm>
+          <a:ln/>
+        </p:spPr>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37892" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5449FEAF-D28B-4DC8-9D00-0CFB70BE98FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -10994,51 +15176,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC39B6EC-E7FB-61ED-4321-9BAB8DE3ECA6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5781FD8B-628D-C861-DDCA-0368FBCDD770}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11192,51 +15374,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5A46E03-C0C6-728C-38F8-845F4CE3257F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E414AC7-9455-F7CC-728D-0DF55C6AA481}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11400,51 +15582,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{093DDE90-5ED6-6360-F67E-31568E429553}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6741B011-1C11-8491-6827-E19A8B66DE61}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -11886,51 +16068,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37632FDC-08BF-48BE-BF52-9180C86D104E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3117C6E1-C6FE-433E-8E31-63FB5B8F1ECF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12084,51 +16266,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F77B1E8F-52AC-4493-8C92-94D321062397}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8E7B22C-924B-4724-943E-9448C387C7EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12359,51 +16541,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{899B06B2-0AAF-4A08-A6C0-77E8124FCADD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{752E8F8A-70E2-436B-A181-A54DB7004901}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12624,51 +16806,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73D1A7AF-5D35-4EC6-8FE5-1B08FD8FF84A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{038CE4B4-9C95-4200-AE9C-25E3C02F3197}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13036,51 +17218,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBB7DD16-3BAE-4868-AA4E-C66F7E88E51F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23841810-F1DE-41E1-AB7F-AF3B85FFF2B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13177,51 +17359,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49C42223-4C43-406E-95EB-B209BC15A5D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F79A4D6E-3796-4F42-B0F6-F960C831E388}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13290,51 +17472,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81889641-2200-42EA-8F7C-83BED6E76FF4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E70ACDC-EF35-4118-8AC0-9EE08CE29982}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13488,51 +17670,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{209F76F1-28ED-8234-714C-B18E6F2478DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31668B6A-8BB1-DE48-51E1-314416385E13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13799,51 +17981,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A733797-DE81-419E-BDB4-174433920570}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90BA8D97-C108-4855-9F48-F8ABDE9C2D04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14087,51 +18269,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22D1E5FB-2BE8-4DA0-A2EA-6697106BC07D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A33D4F18-97AE-4310-8714-3EEDB3E00707}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14285,51 +18467,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DB5924A-17B4-49A9-BF5A-FD18A3A164A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB4B65B8-B22B-4AC8-9E36-F3CA9F0E321B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14493,51 +18675,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3788D619-6E65-41D4-A7D2-951B606E6F1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E3D6FE4-6EBE-4775-9E74-4327AB4A4D23}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -14678,51 +18860,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C16525B2-4347-4F72-BAF7-76B19438D329}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -14941,51 +19123,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B350FEB8-0D81-C369-B1CE-ECA00267B094}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC779101-B189-39BB-6A5B-95696F3735E1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15206,51 +19388,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF83BE34-6F01-D5A1-9FC0-C5E804FACF1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB4F2D12-CA92-7508-2FFA-CD956DEB5433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15618,51 +19800,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1011946B-3696-10FD-2054-E303C479B9FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4F1114F-B019-4D8F-29B5-A4AEFDBCBFED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15759,51 +19941,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{112F6D98-C99F-FEDF-CC20-EDB28ADD941B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A0BABBA-7E0A-74DA-DFB8-3444A2E52BBB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -15872,51 +20054,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE97428D-6904-B010-468F-ED8EA5FBB2CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFC3FB67-4A5E-63E3-64FB-98579ED1457F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16183,51 +20365,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BAD6209F-86EA-E5F3-45F1-BFF8CF5C2E02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83526AB0-3744-50D1-E9E9-675F33127324}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16471,51 +20653,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED1F5456-CEFC-29AC-BEA7-7CEBE92FEB11}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{267BB127-C447-4140-3CFD-89449D62FE29}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -16720,51 +20902,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0B049EF4-ECEB-4D64-A873-52A36CD7E25F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F3E9ADE-3D31-14C6-5A9A-18ADA68BD308}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -17289,51 +21471,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{17C2A8CD-063E-4A29-9258-B99FAA7D6498}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/16/2025</a:t>
+              <a:t>11/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9588190-9F00-4DDB-B99F-5881F9A47B89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -17710,56 +21892,144 @@
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.emf"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.emf"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
@@ -18081,51 +22351,66 @@
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="et-EE" sz="5400" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>II </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="et-EE" sz="4900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Kestlik transport ja laoprotsesside haldamine</a:t>
+              <a:t>Kestlik transport ja laoprotsesside haldamine.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="et-EE" sz="4900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="et-EE" sz="4900" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="et-EE" sz="4400" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="et-EE" sz="5400" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" sz="4800" kern="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="+mj-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3631677780"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -21875,50 +26160,4547 @@
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="3" grpId="0" animBg="1"/>
       <p:bldP spid="7" grpId="0" animBg="1"/>
       <p:bldP spid="5" grpId="0" animBg="1"/>
       <p:bldP spid="11" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5F11DE9-92FC-CFE5-A647-E74D881BAEC2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8194" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{168E8541-0AFF-104F-F064-11B30DB414BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9840913" y="6308725"/>
+            <a:ext cx="503237" cy="360363"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1200" b="1">
+              <a:solidFill>
+                <a:srgbClr val="000066"/>
+              </a:solidFill>
+              <a:latin typeface="Book Antiqua" panose="02040602050305030304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2056" name="Rectangle 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5A8E33-A8A9-4D61-4D7A-6FA5954A3D34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1752600" y="1524000"/>
+            <a:ext cx="8208963" cy="2789238"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:defRPr/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" sz="4400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="92D050"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="et-EE" sz="8000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="92D050"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>Tagastus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="92D050"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:cs typeface="Arial" charset="0"/>
+              </a:rPr>
+              <a:t>logistika</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="8000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="92D050"/>
+              </a:solidFill>
+              <a:latin typeface="+mj-lt"/>
+              <a:cs typeface="Arial" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3293213289"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33794" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3356A6CE-681B-4996-8173-96BC8F477C52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1868053" y="0"/>
+            <a:ext cx="8799945" cy="900113"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Jaotuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> vs </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tagastuslogistika</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="33795" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03BDFF09-833D-4AA5-8374-8AEF425BF4E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:clrChange>
+              <a:clrFrom>
+                <a:srgbClr val="FFFFFF"/>
+              </a:clrFrom>
+              <a:clrTo>
+                <a:srgbClr val="FFFFFF">
+                  <a:alpha val="0"/>
+                </a:srgbClr>
+              </a:clrTo>
+            </a:clrChange>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="15741" t="22437" r="13889" b="15819"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="916651" y="838200"/>
+            <a:ext cx="10538749" cy="5800725"/>
+          </a:xfrm>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34818" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE231014-F8C1-4656-A5DB-6715787791B6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="174435" y="92364"/>
+            <a:ext cx="10058400" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>strateegias</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="124931" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{819659D4-BA81-467E-850B-F1CC99B65CF5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="681182"/>
+            <a:ext cx="11353800" cy="4038600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>kui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>strateegiline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>konkurentsieelis</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="50000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Palju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>ettevõtteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> ole </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>endale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>teadvustanud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>vajalikkust</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>käsitlemine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>strateegiline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>tegevus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buSzPct val="75000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>strateegilisus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>seisneb</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buSzPct val="75000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Vähendada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>riske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, mis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>kaasnevad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tootete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ostmises</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, mis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>müü</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buSzPct val="75000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Käsitluskulude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kasvus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>tarnijate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>vahetuses</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{223F2A79-07E3-46FA-B90F-8F187203926F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="4886037" y="3624678"/>
+          <a:ext cx="7121236" cy="3030122"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Worksheet" r:id="rId3" imgW="7543887" imgH="3209822" progId="Excel.Sheet.12">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Worksheet" r:id="rId3" imgW="7543887" imgH="3209822" progId="Excel.Sheet.12">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="4" name="Object 3">
+                        <a:extLst>
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{223F2A79-07E3-46FA-B90F-8F187203926F}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </p:cNvPr>
+                      <p:cNvPicPr/>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId4"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr>
+                      <a:xfrm>
+                        <a:off x="4886037" y="3624678"/>
+                        <a:ext cx="7121236" cy="3030122"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="14" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="17" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="7" end="7"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="19" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="7" end="7"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="20" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="8" end="8"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="124931">
+                                            <p:txEl>
+                                              <p:pRg st="8" end="8"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="124931" grpId="0" uiExpand="1" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36866" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E64A879A-7291-493B-902C-52809F10B8CF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="17417"/>
+            <a:ext cx="9204325" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>strateegias</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140291" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97E8151B-2267-4004-8C11-7C6CA82D5405}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="228600" y="990600"/>
+            <a:ext cx="7086600" cy="5562600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>Konkurentsi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>põhjused</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="60000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Liberaalsed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastuspoliitikad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tänu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tihedale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>konkurentsile</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Mittesoovitud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>toodete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kliendi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>vajadusi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>mitterahuldavate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>toodete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagasivõtmine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Sotsiaalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>vastutus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Tagastuslogistikat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>saab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>kasutada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>heategevuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>toetamisel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Heategevus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>toetab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>brändi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>tuntuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>kasvu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>mängib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>olulist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>rolli</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ettevõtte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>äriedus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="140294" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EA337B5-79FB-4288-B627-07EC9976840A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="8696" t="9787" r="6522"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7620000" y="1066800"/>
+            <a:ext cx="3237504" cy="2514600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="140295" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2247C60B-9730-46D3-A6C0-8BCDF1A08B50}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3581400" y="4038600"/>
+            <a:ext cx="6858000" cy="2368550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" algn="ctr">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="447675" indent="-447675">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="140296" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{579E4A49-EC91-4E1C-99D5-425721D77985}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7924800" y="3733800"/>
+            <a:ext cx="2095500" cy="2686538"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="14" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="15" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="16" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="17" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="19" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="8" end="8"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="8" end="8"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="22" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="23" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="10" end="10"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140291">
+                                            <p:txEl>
+                                              <p:pRg st="10" end="10"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140294"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140294"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="28" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="29" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="30" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect" nodePh="1">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:endCondLst>
+                                    <p:cond evt="begin" delay="0">
+                                      <p:tn val="30"/>
+                                    </p:cond>
+                                  </p:endCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="31" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140295"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140295"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="33" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140296"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="35" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="140296"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="140291" grpId="0" uiExpand="1" build="p"/>
+      <p:bldP spid="140295" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38914" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9015001-DA56-4177-92A3-7036D3F10BD9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="34834" y="13063"/>
+            <a:ext cx="8974138" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>strateegias</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162819" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F9FF8FF-5CA3-4082-9EDD-B06CEF36E991}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="1008063"/>
+            <a:ext cx="8610600" cy="1752600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>Müügikanali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1"/>
+              <a:t>puhastamine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="60000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Kliendil</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>laovarude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>vähendamine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>, et ta </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>saaks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>uusi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>tellida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>Uusi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>saab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>müüa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>kõrgema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>hinnaga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>, mis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>aitab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>kasumlikkust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>suurendada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162821" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFCFDCF8-28EE-44EC-8E64-02604AB603A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="833582" y="5287241"/>
+            <a:ext cx="8534400" cy="1371600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" algn="ctr">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="447675" indent="-447675">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Hävitamisega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>seotud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>küsimused</a:t>
+            </a:r>
+            <a:endParaRPr lang="et-EE" altLang="en-US" sz="2000" b="1" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Hävitamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>prügi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ladestamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>tasud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>kasvavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ning</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ohtlike</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>materjalide</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>hävitamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>võimalused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>vähenevad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Seeläbi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>vähenevad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>võimalused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>legaalselt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>prügi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>ladestada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="162823" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ED9BA57-C696-4A63-B6F5-5D387E169D3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6546273" y="3210214"/>
+            <a:ext cx="5029200" cy="1981200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Väärtus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>taastamine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" b="1" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1174750" lvl="1" indent="-285750" algn="just">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Suur</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>puhaskasumist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>tuleb</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>taaskasutuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>efektiivsusest</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1174750" lvl="1" indent="-285750" algn="just">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1174750" lvl="1" indent="-285750" algn="just">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>Kasum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>tuleb</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>materjalide</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>, mis on juba </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>kuludesse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>kantud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1">
+                <a:latin typeface="+mn-lt"/>
+              </a:rPr>
+              <a:t>taaskasutusest</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="162825" name="Picture 9" descr="640-fig-a">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0D760B-B900-4275-B137-0A863551FE4E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="544513" y="2760663"/>
+            <a:ext cx="5743575" cy="1981200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162819">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162819">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162819">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162819">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162819">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162819">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="14" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="15" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="16" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="17" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162823"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162823"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="19" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162825"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162825"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="22" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="23" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="24" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="25" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162821"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="162821"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="162819" grpId="0" uiExpand="1" build="p"/>
+      <p:bldP spid="162821" grpId="0"/>
+      <p:bldP spid="162823" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40962" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE3D152A-5C73-49FE-95D1-3FEFD87471A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="113145" y="69562"/>
+            <a:ext cx="9525000" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>strateegias</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40963" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7851F6E2-EB0D-428C-8290-D49A4AE44B1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1955800" y="937635"/>
+            <a:ext cx="8382000" cy="1371600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>Tagastuslogistikasüsteemi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>operatiivjuhtimine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="30000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Terviklik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>ülevaade</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kriitiline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t>, et olla </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kiire</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kuluefektiivne</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="40964" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1ABC531-2F4E-4B19-AF04-D7EB06F4205D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="11926"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2135188" y="2410691"/>
+            <a:ext cx="7534894" cy="4066309"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="166920" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5BDE2FE-D383-47AF-977E-0E9B9B2BB570}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3814619" y="4378036"/>
+            <a:ext cx="5671126" cy="457200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="5" presetClass="entr" presetSubtype="10" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="166920"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="checkerboard(across)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="166920"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E09E2C66-0BA1-48FF-1F79-1D1248E0CFDA}"/>
               </a:ext>
             </a:extLst>
@@ -22073,50 +30855,12810 @@
             </a:r>
             <a:endParaRPr lang="et-EE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="et-EE" dirty="0" err="1"/>
               <a:t>Agiilsus</a:t>
             </a:r>
             <a:endParaRPr lang="et-EE" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="et-EE" dirty="0"/>
               <a:t>Uuenduslikud tehnoloogiad ja digilahendused</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4251418850"/>
       </p:ext>
     </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43010" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91414A9C-066E-4AF2-B547-9FDB856EDC89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="96982" y="64655"/>
+            <a:ext cx="9278938" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>väljakutsed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="171011" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AF521AB-2DA3-4943-A457-990CA908D729}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="378691" y="840508"/>
+            <a:ext cx="8763000" cy="2362200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="70000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0" err="1"/>
+              <a:t>Jaemüüja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0" err="1"/>
+              <a:t>tootja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0" err="1"/>
+              <a:t>konflikt</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="140000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Ebaefektiivsuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>põhjused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, mis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>pikendavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>reageerimisaega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastusele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>reageerimisel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char="Ö"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>seisund</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char="Ö"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>väärtus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char="Ö"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Tagastusvajadusele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>reageerimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>õigeaegsus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="50000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Jaemüüja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tootja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>peavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>sõlmima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kokkulepped</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastamiskulu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>vähendada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF40BB4A-3576-4D15-860A-CF30BB77B411}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304799" y="3334327"/>
+            <a:ext cx="9615055" cy="2862322"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>Konflikti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>sümptomid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>saabuvad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kiiremini</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>nende</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>käsitlemisele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>hävitamisele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>aega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kulub</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kuhjumine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Laopinnast</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>liiga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>suur</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> all </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kinni</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Identifitseerimata</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>autoriseerimata</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>tagastused</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>käsitlemisele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>aeglus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastusprotsessi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kulude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>konteerimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>hägusus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Taastamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>- ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>uuskasutusprotsess</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ole </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kliendile</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>huvipakkuv</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastusprotsessi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>mõõdikute</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>puudumine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>vähesus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>hägusus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Teadmiste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>kogemuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>vähesus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="14" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="17" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="19" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="20" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="171011">
+                                            <p:txEl>
+                                              <p:pRg st="6" end="6"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="171011" grpId="0" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45058" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7F206AC-9C22-4595-9361-A4B22AF4ED1C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="177369" y="325582"/>
+            <a:ext cx="9126537" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>väljakutsed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="173059" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C9962CB-FDE0-449E-8FA8-239A0C5B2EFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360216" y="1604818"/>
+            <a:ext cx="7638475" cy="3576782"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>Põhjus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>tagajärg</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Ebapiisav</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> info </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>kogumine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>jätab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>põhjused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ebaselgeks</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastusprotsessi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tõhustamine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>vähendab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>kulusid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Olema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>võimeline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>jälgima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>defektseid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>analüüsima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tagastuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>põhjuseid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Riiklikud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tarbijakaitse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>keskkonnakaitse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>regulatsioonid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="173065" name="Picture 9" descr="puzzle%20WEB%20Small">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{198968D9-6FF3-4C3F-B8DE-4AC0F1403764}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9146309" y="2059998"/>
+            <a:ext cx="2387600" cy="2746375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="14" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="17" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="19" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173059">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="20" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173065"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="173065"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="173059" grpId="0" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47106" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8884027-9AF6-40DF-B720-AF0F3FCC2EBF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="182418" y="215034"/>
+            <a:ext cx="10058400" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Takistused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tagastuslogistikas</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="175107" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C94B03F-1927-476B-BE39-2554C5E31147}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="327890" y="1968067"/>
+            <a:ext cx="4050145" cy="3490623"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0" err="1"/>
+              <a:t>barjäärid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="20000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Juhtkonna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>vähene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>huvi</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Ettevõttepoolsete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>poliitikate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>protsesside</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>puudumine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>või</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ebatõhusus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Juriidilised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>takistused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>vähenemas</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Object 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5EDFD8D-E633-428C-8F2F-9E1B1CACC34C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="4928754" y="1614632"/>
+          <a:ext cx="6934200" cy="4124325"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Worksheet" r:id="rId3" imgW="6934171" imgH="4124183" progId="Excel.Sheet.12">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Worksheet" r:id="rId3" imgW="6934171" imgH="4124183" progId="Excel.Sheet.12">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="2" name="Object 1">
+                        <a:extLst>
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5EDFD8D-E633-428C-8F2F-9E1B1CACC34C}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </p:cNvPr>
+                      <p:cNvPicPr/>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId4"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr>
+                      <a:xfrm>
+                        <a:off x="4928754" y="1614632"/>
+                        <a:ext cx="6934200" cy="4124325"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="14" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="175107">
+                                            <p:txEl>
+                                              <p:pRg st="4" end="4"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="175107" grpId="0" build="p"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="49154" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17DF4C93-8D82-4C21-BD59-B95A8F3CD927}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8064500" y="3689350"/>
+            <a:ext cx="2286000" cy="1616075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49155" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68AB2BC5-E9FA-46D6-A9ED-0A2FC40DAE66}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="290945" y="264391"/>
+            <a:ext cx="11125200" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49156" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1E926C0-A7B9-44A3-94AA-822FA256D76F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="842963" y="1312863"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Vältimine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49158" name="Text Box 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80F05D8A-BB6D-4AEA-84D8-B9B3352DC4FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="510453" y="3310659"/>
+            <a:ext cx="7091073" cy="1809726"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="342900" indent="-342900">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="800100" indent="-342900">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1257300" indent="-342900">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1714500" indent="-342900">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2171700" indent="-342900">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2628900" indent="-342900" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="3086100" indent="-342900" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3543300" indent="-342900" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="4000500" indent="-342900" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buSzPct val="75000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ennetavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>meetmed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buSzPct val="75000"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tõsta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kvaliteeti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>vähendab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>defektsete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>toodete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teket</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tagastusprotsessi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kokkuleppimine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>jaemüüjate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>hulgimüüjatega</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buSzPct val="75000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Klienditeenindus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – loo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>protsess</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kleint</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>saab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>nõu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>küsida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>enne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ta </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tagastab</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49159" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3D6244A-CD37-410D-B140-14C925887068}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1493982" y="2095933"/>
+            <a:ext cx="7670800" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Eesmärk</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Kujundada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>protsess</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, mis </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>minimiseerib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>võimalused</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="49160" name="Object 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5B1BC08-84B8-489D-926F-139BF7D8CA67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr/>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="8476673" y="3903375"/>
+          <a:ext cx="1354138" cy="1354137"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Photo Editor Photo" r:id="rId4" imgW="1714739" imgH="1714739" progId="MSPhotoEd.3">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Photo Editor Photo" r:id="rId4" imgW="1714739" imgH="1714739" progId="MSPhotoEd.3">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="49160" name="Object 8">
+                        <a:extLst>
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5B1BC08-84B8-489D-926F-139BF7D8CA67}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </p:cNvPr>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="8476673" y="3903375"/>
+                        <a:ext cx="1354138" cy="1354137"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:schemeClr val="accent1"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:schemeClr val="bg2"/>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="200706" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{460C349B-3E88-4366-8DD9-D0AFCF84F915}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="319809" y="265545"/>
+            <a:ext cx="10439400" cy="650875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55299" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D734728-F12F-44C4-92ED-F45B0324CDD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="508000" y="1207655"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>“Zero Returns”</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="55300" name="Text Box 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2456A6F3-5A54-4BBD-9C55-F2EAE5C2A64B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="498764" y="2161020"/>
+            <a:ext cx="11049000" cy="3083921"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Programm</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tootjafirma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>aktsepteeri</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tagastusi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>oma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>klientidelt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>. See </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>annab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>jaemüüjale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>võimaluse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>sätestada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>piirmäära</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>sunnib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>koostma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>juhised</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>käsitlemiseks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>mittelubamine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tootjafirma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>poolt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>käivad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>koos</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>võimaliku</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kompentsatsiooniga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>jaemüüjale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Selline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>poliitika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>suunab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tagastustega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tegelemise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>vastutuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>jaemüüjale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>samaaegselt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>vähendades</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>totoja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>hulgimüüja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kulusid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Suurim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>puudus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tootja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kaotab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>olulise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>osa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>oma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>jälgitavusest</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="196610" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1309D69-7DD5-43F0-A730-904ACD537B2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="168564" y="229322"/>
+            <a:ext cx="10972800" cy="650875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51203" name="Text Box 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C45B2790-B5BE-4528-B428-17BBBA3670B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="518160" y="1437776"/>
+            <a:ext cx="2438400" cy="339725"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buSzPct val="75000"/>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" u="sng" dirty="0"/>
+              <a:t>GATEKEEPING</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1800" b="1" u="sng" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51204" name="Text Box 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F943C81-2960-49F9-B095-4E333AD1409F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2621280" y="1240246"/>
+            <a:ext cx="7010400" cy="647700"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="folHlink">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Defektsete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>põhjendamatute</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastatud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kaupade</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>läbivaatamine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>protsessi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>alguspunktis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>müügikohas</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="51205" name="Text Box 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E8AD9E5-7F70-4C57-9D64-76B9EC9B8776}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1143000" y="2590800"/>
+            <a:ext cx="8839200" cy="2862322"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>Nintendo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>näide</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>	- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Tasusta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>(Rebate) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>jaekauplusi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>toode</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>müügikohas</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>maha</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>müüdud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>	- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Jaekauplused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kontrollivad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>garantii</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kehtivust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> ja kas </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>toode</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tagastatud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kokkulepitud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>aja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>piires</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>	- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Eelnevad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tegevused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>vähendasin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tagastuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>hulka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> 80% </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>võrra</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="197634" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9A719B-EE94-417A-B2F1-AA9B6B0165CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="457200" y="430213"/>
+            <a:ext cx="10744200" cy="650875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52227" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68592457-AA42-459E-80E7-053A649DA8E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="533400" y="1458913"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tagastuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>käsitlemisaja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lühendamine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52228" name="Text Box 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D95A7951-7776-4B22-9A6A-62F38ADA0612}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3585755" y="3624943"/>
+            <a:ext cx="6096000" cy="1837426"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Vajalik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>luua</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>juhendid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>standardsete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>olukordade</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>jaoks</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Tihti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>olukord</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastuskeskusse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>saabuva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>puhul</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> ole </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>võimalik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kindlaks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>teha</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>edasist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>saatust</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Vajalik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>täpsete</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>protseduuride</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>olemasolu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>töötajad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>saaks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>luua</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>erandeid</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="52229" name="Text Box 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04E51172-5389-478A-8DAB-E2B0DFF7D066}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="690154" y="2179638"/>
+            <a:ext cx="8140337" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Eesmärk</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Vähendada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>aega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>analüüsile</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ehk</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>mida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastustega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>edasi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>teha</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="52230" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF680883-28B5-4302-B769-8E359B3C3FF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="762000" y="3436938"/>
+            <a:ext cx="2220913" cy="2362200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="198658" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{602A160C-D360-420F-A7C5-2B940A65C11D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="533400" y="487363"/>
+            <a:ext cx="10896600" cy="650875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53251" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3D66A5B-BF3B-46B2-9E5B-C60399B97C6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="571500" y="1397000"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>infosüsteemid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="53252" name="Text Box 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C02F878D-688E-4588-94F0-6D94C376D72B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="650966" y="2127068"/>
+            <a:ext cx="9712234" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0C0C0">
+              <a:alpha val="50195"/>
+            </a:srgbClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Vajalik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>luua</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>usaldusväärne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" i="1" dirty="0"/>
+              <a:t>online</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>infovahetus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastuskoha</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>lõpppunkti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>vahel</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AB57998-E26B-4DBB-A464-6A5651D87DE3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="706483" y="3195320"/>
+            <a:ext cx="11067506" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200" algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tsentraliseeritud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>konsolideeritud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tagastuskeskused</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Box 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C73A414-4AD8-462D-89C0-A83AB288BFB8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="690153" y="4012474"/>
+            <a:ext cx="8654143" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="C0C0C0">
+              <a:alpha val="50195"/>
+            </a:srgbClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Transpordikulude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kokkuhoid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>efektiivsem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ruumikasutus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>protsesside</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>olemaolu</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 6" descr="atelier_typique_KECUpD2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7ACA878-0702-4D5A-836A-BF06C1677B46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:clrChange>
+              <a:clrFrom>
+                <a:srgbClr val="FDFDFD"/>
+              </a:clrFrom>
+              <a:clrTo>
+                <a:srgbClr val="FDFDFD">
+                  <a:alpha val="0"/>
+                </a:srgbClr>
+              </a:clrTo>
+            </a:clrChange>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8177349" y="4216628"/>
+            <a:ext cx="3505200" cy="2146300"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="201730" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A989CD1-8BBC-406A-82AD-F5D9EA805A42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="210127" y="250537"/>
+            <a:ext cx="10820400" cy="650875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56323" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93CDA134-BB77-4105-847B-0F35B724EA46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="374469" y="1209631"/>
+            <a:ext cx="10485120" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Uustootmine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Remanufacture) ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>uuskasutus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Refurbishment)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56324" name="Text Box 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F8770DF-BBDF-40F5-B955-E6D88336001F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="433704" y="2768737"/>
+            <a:ext cx="10634889" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Uustootmise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> (remanufacture) and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>uuskasutuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> (refurbishment) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>viis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kategooriat</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="56325" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D8DB898-7399-46F4-B645-1971D6BD1D1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4800600" y="5738813"/>
+            <a:ext cx="709613" cy="604837"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="56326" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97841A0F-2DF9-44E4-89F5-062E433D93C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="8305800" y="5657850"/>
+            <a:ext cx="990600" cy="819150"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="56327" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5492845D-454B-4067-9696-D64FEE27B865}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6219825" y="5891213"/>
+            <a:ext cx="1428750" cy="342900"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56328" name="Text Box 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6C367F8-7DA1-4CA4-AACF-789B612704CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2513648" y="1914616"/>
+            <a:ext cx="6858000" cy="366713"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="50000"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Korduvkasutust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>võimalik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>mõõta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>läbi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kulude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kokkuhoiu</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="56329" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F81B0006-0FBB-46A6-BCB7-92944EAB3D38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3124200" y="5872163"/>
+            <a:ext cx="1428750" cy="304800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56330" name="Text Box 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2DC797D-C64D-43F8-9822-82706A55FA0E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1295400" y="4483100"/>
+            <a:ext cx="2819400" cy="825500"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>1) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Paranda</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>2) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Uuenda</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>3) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Tooda</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>uuesti</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56331" name="Text Box 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83D72C44-2DF1-4C38-A39F-1A7D11ECB4BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1295400" y="3830638"/>
+            <a:ext cx="2819400" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>Kasuta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>tagastatud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>toodet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>samadel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>eesmärkidel</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56332" name="Text Box 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{656BFD60-BC99-42D3-B23E-B253FB25973B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4413250" y="3838575"/>
+            <a:ext cx="2819400" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>Kasuta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>tagastatud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>osasid</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56333" name="Text Box 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67FD825A-2C68-4125-84CB-66C55EE08DEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="4413250" y="4510088"/>
+            <a:ext cx="2819400" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>4) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Kannibalisatsioon</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56334" name="Text Box 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9527355-9721-496D-8108-D8302D5BA2EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7529513" y="3854450"/>
+            <a:ext cx="2743200" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="folHlink">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>Kasuta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>tagastatud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>osasid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>erinevatel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>eesmärkidel</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1400" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56335" name="Text Box 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABB5ACB4-1C70-484B-AE23-F170F5BFAA16}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7529513" y="4510088"/>
+            <a:ext cx="2743200" cy="336550"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="folHlink">
+              <a:alpha val="50195"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>5) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Taaskasutus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> (Recycling)</a:t>
+            </a:r>
+            <a:endParaRPr lang="pt-PT" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="203778" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FBBD5AA-6D53-4ED2-97FC-8E4234C56FC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="762000" y="487363"/>
+            <a:ext cx="11277600" cy="650875"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="457200" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="914400" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="1371600" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="1828800" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>juhtimise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4400" dirty="0" err="1">
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>võtmeelemendid</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4400" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57347" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC6677B6-F1A3-4FAF-A1F8-911C694799CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="774700" y="1250950"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Läbirääkimised</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57348" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22838EA6-9D2F-48E1-BF23-02D9A12D8AA9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="862013" y="3152775"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Finantside</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>juhtimine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57349" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC647C02-0FCB-4BAA-A82F-705DBBF5A803}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="862013" y="5181600"/>
+            <a:ext cx="8382000" cy="609600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Teenuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sisseostmine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57350" name="Text Box 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{216251D5-72AD-4857-9EEB-41A6DE158B6A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="850900" y="1949450"/>
+            <a:ext cx="10583718" cy="313932"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Aruta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>partnerite</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>klientidega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>missugused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>võiksid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> olla </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>protsessid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>, et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>maksimeerida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>uuskaustust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>taaskasutust</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57351" name="Text Box 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8235BBFD-5C83-4ABC-8CB6-3C84A207C8FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="862013" y="3870325"/>
+            <a:ext cx="8305800" cy="313932"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Kõige</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>keerulisem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>valdkond</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Kasuta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>tegevuspõhist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>kuluarvestust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>. Cost-to-serve</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57352" name="Text Box 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{390C841B-F2B9-4FEC-BDA8-B3687F7CE6D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="862013" y="5943600"/>
+            <a:ext cx="8305800" cy="313932"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Kui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>soovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>ise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>teha</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>otsi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>endale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0"/>
+              <a:t> partner</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -22453,50 +43995,3417 @@
             <a:r>
               <a:rPr lang="en-US" sz="8000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="92D050"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Arial" charset="0"/>
               </a:rPr>
               <a:t>logistika</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="8000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="92D050"/>
               </a:solidFill>
               <a:latin typeface="+mj-lt"/>
               <a:cs typeface="Arial" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58370" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C8FE4B5-221D-4C5B-9AD1-39CFCE2B6FFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="258618" y="166254"/>
+            <a:ext cx="10215563" cy="1204913"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>keskkond</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="58371" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61112A17-F6A5-48B2-9A46-7D713E4F1E67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="1482436"/>
+            <a:ext cx="10937966" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>Keskkonna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>säästmisega</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>seotud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>otsused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>avaldavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>kuludele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>olulist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>mõju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0" err="1"/>
+              <a:t>Näiteks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>Palju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>tohi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>ladustada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>prügimäele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>Firmad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>peavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>paljuid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>tagasi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>võtma</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>kui</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>nende</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>kasutusiga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>läbi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>saab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>Prügi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>ladustamiseks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>mõeldud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t> maa hulk </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0" err="1"/>
+              <a:t>väheneb</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57D9B64E-BDB9-4587-8C83-748988C40BD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="170873" y="76200"/>
+            <a:ext cx="9544050" cy="1066800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0" err="1"/>
+              <a:t>Jäätmekäsituse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0" err="1"/>
+              <a:t>kulud</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="4900" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="62467" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{991C36DC-1078-409E-A5B6-24D8AA1BEF8C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="226291" y="1403927"/>
+            <a:ext cx="10940473" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>Maakasutus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>piiratud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>Maa hind </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>kasvab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>Maakasutusele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>tuleb</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>leida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>alternatiive</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>Vähem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>materjali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>viiakse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>prügimäele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>läbi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>tõhusamate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>sorteerimis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>- ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>taaskasutusprotsesside</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2E1AF34-B9DE-4240-808C-3435B152C246}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="193963" y="110837"/>
+            <a:ext cx="9544050" cy="1412875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:br>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" b="1" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0" err="1"/>
+              <a:t>Jäätmekäsitluse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="4900" dirty="0" err="1"/>
+              <a:t>piirangud</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64515" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B16927CC-5742-4E7D-B9D9-AC6D16A4F813}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="392402" y="1609437"/>
+            <a:ext cx="10213975" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> ole </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>võimalik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>prügilasse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ladestada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>näiteks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>elektroonika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>kodukeemia</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>või</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>nad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>võtavad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>liiga</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>palju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ruumi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Näiteks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ehitusmaterjalid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>,</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0" eaLnBrk="1" hangingPunct="1">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>Tooted, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>mida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ei</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>saa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>prügilas</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ladestada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>mootoriõlid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>patareid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>paberitooted</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>rehvid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>ravimid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>elektriseadmed</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>Toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>hävitamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>piirangud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>loovad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>kasutamisele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>uusi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" b="1" dirty="0" err="1"/>
+              <a:t>võimalusi</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" eaLnBrk="1" hangingPunct="1"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="60418" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D43371BE-ED9B-4FE4-963F-3F828A19F967}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="97972" y="76200"/>
+            <a:ext cx="9982200" cy="1204913"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Roheline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>logistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>tagastuslogistika</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="218115" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{189BE5F3-46B6-4B47-B479-0A4759957286}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="4294967295"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="199799" y="1526177"/>
+            <a:ext cx="11521146" cy="4114800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>pingutab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>selle</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>nimel</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>, et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>väärtustada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>tagastatud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>tooteid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>materjali</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="et-EE" altLang="en-US" sz="3600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0" eaLnBrk="1" hangingPunct="1">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="1" indent="-342900" eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>Roheline</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>logistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>üritab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>vähendada</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>ökoloogilist</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>jalajälge</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>läbi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>parema</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>energiakasutuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>minimiseerida</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0" err="1"/>
+              <a:t>materjalikasutust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="3600" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72706" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64366C34-AD64-4E03-993E-AB9D22EF1AC6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="304800" y="224847"/>
+            <a:ext cx="7526338" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr defTabSz="457200">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Kokkuvõtteks</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204803" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{150625D3-3128-486E-B4CD-40077D4E07F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="272473" y="1103890"/>
+            <a:ext cx="11393054" cy="2376487"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>tähtsuse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>jatkuv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kasv</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>aitab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>luua</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>konkurentsieelist</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kuluefektiivsus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>aitab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>suurendad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>ettevõtte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kasumlikkust</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>Ettevõtted</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>otsivad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>uusi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>viise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>väärtustamiseks</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>peale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>kasuliku</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>eluea</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1"/>
+              <a:t>lõppu</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" algn="just" eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="130000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="204804" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{331F8F18-D240-4D75-A5CF-74B1A8A934BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5024581" y="4087091"/>
+            <a:ext cx="6742545" cy="1916545"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="447675" indent="-447675">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:buSzPct val="75000"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" fontAlgn="base">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="n"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="just">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kulude</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>vähendamise</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>aspektid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Tellimissüsteemide</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>täiustumine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Tagastuste</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>krediteerimine</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Taaskasutusotsused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>enne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>reaalset</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>tagastust</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Kiirem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>täpsem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>infotöötlus</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="204805" name="Picture 5" descr="download_100347">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4A7D0C5-B7AB-4EFB-8A5F-A5EA8C9A0A02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1048327" y="3756891"/>
+            <a:ext cx="2895600" cy="2214563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="8" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="9" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="10" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="13" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="14" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="15" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="17" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="2" end="2"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="18" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="19" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="20" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="22" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204803">
+                                            <p:txEl>
+                                              <p:pRg st="3" end="3"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="23" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="24" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="25" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204804"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204804"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="28" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="29" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204805"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="204805"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="204803" grpId="0" build="p"/>
+      <p:bldP spid="204804" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74754" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C79D8261-BB32-4C11-880D-9CE5B24B84B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="318654" y="168997"/>
+            <a:ext cx="7526338" cy="650875"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0" err="1"/>
+              <a:t>Kokkuvõtteks</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206851" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC965288-A3AC-44A0-8BA0-8F52A1DF5BFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="542635" y="1011814"/>
+            <a:ext cx="11520055" cy="2904403"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Tagastuslogistika</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>puhul</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>keskkonnakaitse</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>tulu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>teenimine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lisandväärtused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Vähem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>jäätmekäsitlust</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>hoiab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kokku</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ettevõtte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>kulusid</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>säästab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>keskkonda</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>taaskasutus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>pikendab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>toote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>eluiga</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Kulusäästlikumad</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lahendused</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> ja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ökoloogiliselt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>sobilikud</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lahendused</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="206852" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3292BAC6-C93F-4CD2-973C-713FAA57BC32}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1921164" y="5791200"/>
+            <a:ext cx="8382000" cy="1066800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2"/>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="447675" indent="-447675">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="889000" indent="-439738">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1293813" indent="-403225">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1681163" indent="-385763">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2070100" indent="-387350">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2527300" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2984500" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3441700" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3898900" indent="-387350" defTabSz="457200" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="1" algn="ctr">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Reverse logistics is not simply a matter of “driving the truck the opposite way”.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="206854" name="Picture 6" descr="reverse">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E45EF42-5737-4640-9EEA-278175325042}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="5252027" y="3747078"/>
+            <a:ext cx="2057400" cy="2017713"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="206851"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="206851"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="206854"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="206854"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="4" presetClass="entr" presetSubtype="16" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="206852"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="box(in)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="206852"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="206851" grpId="0"/>
+      <p:bldP spid="206852" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12291" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -23109,51 +48018,51 @@
             <a:grpSpLocks/>
           </p:cNvGrpSpPr>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr bwMode="auto">
           <a:xfrm>
             <a:off x="609600" y="457200"/>
             <a:ext cx="9527177" cy="5865223"/>
             <a:chOff x="827584" y="824175"/>
             <a:chExt cx="7992888" cy="4495027"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:graphicFrame>
           <p:nvGraphicFramePr>
             <p:cNvPr id="4" name="Diagram 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFC78AB8-FC9C-4DEB-8BF8-7E42C46EEDEE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGraphicFramePr/>
             <p:nvPr>
               <p:extLst>
                 <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1520659374"/>
+                  <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2381538347"/>
                 </p:ext>
               </p:extLst>
             </p:nvPr>
           </p:nvGraphicFramePr>
           <p:xfrm>
             <a:off x="827584" y="824175"/>
             <a:ext cx="7992888" cy="2952328"/>
           </p:xfrm>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
               <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
             </a:graphicData>
           </a:graphic>
         </p:graphicFrame>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="12292" name="Group 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F14F29BB-32E2-430C-AAFB-9EBBD49D4A54}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr>
               <a:grpSpLocks/>
@@ -26094,100 +51003,132 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>519</Words>
+  <Words>1454</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>95</Paragraphs>
-[...1 lines deleted...]
-  <Notes>6</Notes>
+  <Paragraphs>277</Paragraphs>
+  <Slides>35</Slides>
+  <Notes>21</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpstr>Embedded OLE Servers</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>35</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="22" baseType="lpstr">
+    <vt:vector size="48" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Aptos Display</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Book Antiqua</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>1_Office Theme</vt:lpstr>
-      <vt:lpstr>“Jatkusuutlik logistika“ II Kestlik transport ja laoprotsesside haldamine  </vt:lpstr>
+      <vt:lpstr>Worksheet</vt:lpstr>
+      <vt:lpstr>Photo Editor Photo</vt:lpstr>
+      <vt:lpstr>“Jatkusuutlik logistika“ II Kestlik transport ja laoprotsesside haldamine. Tagastuslogistika  </vt:lpstr>
       <vt:lpstr>Sisukord</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Veoringide ja koormate optimiseerimine</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Jaotuslogistika vs tagastuslogistika</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika osa strateegias</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika osa strateegias</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika osa strateegias</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika osa strateegias</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika väljakutsed</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika väljakutsed</vt:lpstr>
+      <vt:lpstr>Takistused tagastuslogistikas</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika juhtimise võtmeelemendid</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Tagastuslogistika ja keskkond</vt:lpstr>
+      <vt:lpstr> Jäätmekäsituse kulud </vt:lpstr>
+      <vt:lpstr> Jäätmekäsitluse piirangud </vt:lpstr>
+      <vt:lpstr>Roheline logistika ja tagastuslogistika</vt:lpstr>
+      <vt:lpstr>Kokkuvõtteks</vt:lpstr>
+      <vt:lpstr>Kokkuvõtteks</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Janek Popell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>